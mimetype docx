--- v0 (2025-10-07)
+++ v1 (2025-11-06)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="469E5492" w14:textId="77777777" w:rsidR="007C07C3" w:rsidRDefault="007C07C3" w:rsidP="007C07C3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="35C9C05C" wp14:editId="17E5569A">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2676525</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-285750</wp:posOffset>
             </wp:positionV>
@@ -138,233 +138,251 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CLARK COUNTY FAIR</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74296DD3" w14:textId="77777777" w:rsidR="000D3F58" w:rsidRDefault="000D3F58" w:rsidP="000D3F58">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Campsite Lottery Registration Form</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74674052" w14:textId="35A25B4F" w:rsidR="000D3F58" w:rsidRDefault="009A5CA3" w:rsidP="000D3F58">
+    <w:p w14:paraId="74674052" w14:textId="55240561" w:rsidR="000D3F58" w:rsidRDefault="009A5CA3" w:rsidP="000D3F58">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00B548F3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00F059E4">
+      <w:r w:rsidR="00B41BE9">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="381B6F9E" w14:textId="77777777" w:rsidR="000D3F58" w:rsidRPr="000D3F58" w:rsidRDefault="000D3F58" w:rsidP="000D3F58">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F95D48C" w14:textId="79FFC7B5" w:rsidR="000D3F58" w:rsidRPr="000D3F58" w:rsidRDefault="000D3F58" w:rsidP="000D3F58">
+    <w:p w14:paraId="0F95D48C" w14:textId="64EABA30" w:rsidR="000D3F58" w:rsidRPr="000D3F58" w:rsidRDefault="000D3F58" w:rsidP="000D3F58">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="000D3F58">
         <w:t>The unsold campsite permits for the 20</w:t>
       </w:r>
       <w:r w:rsidR="00B548F3">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00E46644">
-        <w:t>4</w:t>
+      <w:r w:rsidR="005C1A08">
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="000D3F58">
         <w:t xml:space="preserve"> fair will be sold by lottery which will be conducted on Wednesday, December </w:t>
       </w:r>
-      <w:r w:rsidR="00F059E4">
-        <w:t>4</w:t>
+      <w:r w:rsidR="00BE53C4">
+        <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="000D3F58">
         <w:t>, 20</w:t>
       </w:r>
       <w:r w:rsidR="00B548F3">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00F059E4">
-        <w:t>4</w:t>
+      <w:r w:rsidR="00B41BE9">
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="000D3F58">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="009A5CA3">
         <w:t xml:space="preserve"> at</w:t>
       </w:r>
       <w:r w:rsidRPr="000D3F58">
         <w:t xml:space="preserve"> 7:00 p.m. in the Annex Building.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0207B1AA" w14:textId="77777777" w:rsidR="000D3F58" w:rsidRPr="000D3F58" w:rsidRDefault="000D3F58" w:rsidP="000D3F58">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C378013" w14:textId="225803A5" w:rsidR="000D3F58" w:rsidRDefault="000D3F58" w:rsidP="000D3F58">
+    <w:p w14:paraId="7C378013" w14:textId="0AD0B330" w:rsidR="000D3F58" w:rsidRDefault="000D3F58" w:rsidP="000D3F58">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="000D3F58">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">LOTTERY APPLICATIONS </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">will be accepted in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">the fair office </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">from Monday, November </w:t>
       </w:r>
       <w:r w:rsidR="00601544">
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00F059E4">
-[...3 lines deleted...]
-        <w:t>, 20</w:t>
+      <w:r w:rsidR="00B738FD">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00B548F3">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00E46644">
-[...1 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="00B738FD">
+        <w:t>5</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00D727C6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>through Friday, November 1</w:t>
       </w:r>
-      <w:r w:rsidR="00F059E4">
-        <w:t>5</w:t>
+      <w:r w:rsidR="00B738FD">
+        <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:t>, 20</w:t>
       </w:r>
       <w:r w:rsidR="00B548F3">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00E46644">
-        <w:t>3</w:t>
+      <w:r w:rsidR="002A7DC9">
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, 8:30 a.m. – 4:30 p.m. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>NO LATE APPLICATIONS WILL BE ACCEPTED.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78395761" w14:textId="1CEBE5A2" w:rsidR="000D3F58" w:rsidRDefault="000D3F58" w:rsidP="000D3F58">
+    <w:p w14:paraId="78395761" w14:textId="157ACF8E" w:rsidR="000D3F58" w:rsidRDefault="000D3F58" w:rsidP="000D3F58">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
-        <w:t>All lottery applications must be accompanied with the $</w:t>
+        <w:t xml:space="preserve">All lottery applications must be accompanied </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the $</w:t>
       </w:r>
       <w:r w:rsidR="00D727C6">
-        <w:t>30</w:t>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00B738FD">
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:t>0.00 campsite fee. If an applicant does not receive a campsite, the fee will be returned in full.</w:t>
       </w:r>
       <w:r w:rsidR="00D727C6">
         <w:t xml:space="preserve"> If you win a campsite, the application fee pays for the 20</w:t>
       </w:r>
       <w:r w:rsidR="00B548F3">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00E46644">
-        <w:t>4</w:t>
+      <w:r w:rsidR="00B738FD">
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00D727C6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00B548F3">
         <w:t>fair campsite</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00D727C6">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4ADA2C88" w14:textId="612B9E6C" w:rsidR="00D727C6" w:rsidRDefault="000D3F58" w:rsidP="000D3F58">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">As winners are drawn, they will have a choice of the sites still available. </w:t>
       </w:r>
       <w:r w:rsidR="00D727C6">
         <w:t xml:space="preserve">You </w:t>
       </w:r>
       <w:r w:rsidR="00D727C6" w:rsidRPr="00AB5687">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
@@ -421,69 +439,430 @@
         <w:t>NOT</w:t>
       </w:r>
       <w:r w:rsidR="00B548F3">
         <w:t xml:space="preserve"> be mailed.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34978D85" w14:textId="520E8EAA" w:rsidR="009D7782" w:rsidRDefault="000D3F58" w:rsidP="009D7782">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>There may be only 1 campsite per address</w:t>
       </w:r>
       <w:r w:rsidR="009A5CA3">
         <w:t xml:space="preserve"> or person</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63A5BEE1" w14:textId="1278F9A3" w:rsidR="000D3F58" w:rsidRDefault="000D3F58" w:rsidP="009D7782">
+    <w:p w14:paraId="6898BADE" w14:textId="494729E1" w:rsidR="000D3F58" w:rsidRDefault="000D3F58" w:rsidP="000D3F58">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>I have read and understand the rules of the lottery.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6898BADE" w14:textId="77777777" w:rsidR="000D3F58" w:rsidRDefault="000D3F58" w:rsidP="000D3F58">
-[...4 lines deleted...]
-    <w:p w14:paraId="4645BD86" w14:textId="77777777" w:rsidR="000D3F58" w:rsidRDefault="000D3F58" w:rsidP="000D3F58">
+    <w:p w14:paraId="3850D966" w14:textId="77777777" w:rsidR="000D3F58" w:rsidRDefault="000D3F58" w:rsidP="000D3F58">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10B0F1D4" w14:textId="77777777" w:rsidR="000D3F58" w:rsidRDefault="000D3F58" w:rsidP="000D3F58">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Applicant Name</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>Phone</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F3A0856" w14:textId="77777777" w:rsidR="000D3F58" w:rsidRDefault="000D3F58" w:rsidP="000D3F58">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="205EBF88" w14:textId="77777777" w:rsidR="000D3F58" w:rsidRDefault="000D3F58" w:rsidP="000D3F58">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Street Address</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DE69AA5" w14:textId="77777777" w:rsidR="000D3F58" w:rsidRDefault="000D3F58" w:rsidP="000D3F58">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42C7AEC4" w14:textId="77777777" w:rsidR="000D3F58" w:rsidRDefault="000D3F58" w:rsidP="000D3F58">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>City</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>State</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t>Zip</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="018874BE" w14:textId="77777777" w:rsidR="000D3F58" w:rsidRDefault="000D3F58" w:rsidP="000D3F58">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57AF88F5" w14:textId="7709094A" w:rsidR="00D05684" w:rsidRDefault="000D3F58" w:rsidP="000D3F58">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Email Address:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5178A5FD" w14:textId="77777777" w:rsidR="006C592F" w:rsidRDefault="006C592F" w:rsidP="000D3F58">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E6A4F2F" w14:textId="77777777" w:rsidR="006C592F" w:rsidRDefault="006C592F" w:rsidP="006C592F">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>Signature</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
@@ -522,56 +901,56 @@
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C84A693" w14:textId="77777777" w:rsidR="000D3F58" w:rsidRDefault="000D3F58" w:rsidP="000D3F58">
-[...4 lines deleted...]
-    <w:p w14:paraId="07F760FF" w14:textId="77777777" w:rsidR="000D3F58" w:rsidRDefault="000D3F58" w:rsidP="000D3F58">
+    <w:p w14:paraId="0F6C930C" w14:textId="77777777" w:rsidR="006C592F" w:rsidRDefault="006C592F" w:rsidP="006C592F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C4BAE4B" w14:textId="4A1E6CC3" w:rsidR="006C592F" w:rsidRPr="006C592F" w:rsidRDefault="006C592F" w:rsidP="000D3F58">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:t>Lottery Ticket #</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
@@ -605,416 +984,64 @@
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3850D966" w14:textId="77777777" w:rsidR="000D3F58" w:rsidRDefault="000D3F58" w:rsidP="000D3F58">
-[...274 lines deleted...]
-    <w:p w14:paraId="57AF88F5" w14:textId="7709094A" w:rsidR="00D05684" w:rsidRDefault="000D3F58" w:rsidP="000D3F58">
+    <w:p w14:paraId="49C3E43C" w14:textId="43999C2B" w:rsidR="00E4631B" w:rsidRDefault="00D05684" w:rsidP="000D3F58">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:u w:val="wave"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Email Address:</w:t>
-[...76 lines deleted...]
-        <w:spacing w:after="0"/>
         <w:rPr>
           <w:u w:val="wave"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E4631B">
         <w:rPr>
           <w:u w:val="wave"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E4631B">
         <w:rPr>
           <w:u w:val="wave"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E4631B">
         <w:rPr>
           <w:u w:val="wave"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E4631B">
         <w:rPr>
           <w:u w:val="wave"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E4631B">
         <w:rPr>
@@ -1042,71 +1069,79 @@
       </w:r>
       <w:r w:rsidR="00E4631B">
         <w:rPr>
           <w:u w:val="wave"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E4631B">
         <w:rPr>
           <w:u w:val="wave"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E4631B">
         <w:rPr>
           <w:u w:val="wave"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E4631B">
         <w:rPr>
           <w:u w:val="wave"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00E4631B">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="110B4B35" w14:textId="30B65CC3" w:rsidR="000D3F58" w:rsidRDefault="000D3F58" w:rsidP="000D3F58">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52439187" w14:textId="3D3C027A" w:rsidR="009D7782" w:rsidRDefault="000D3F58" w:rsidP="000D3F58">
-[...5 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="52439187" w14:textId="46893B58" w:rsidR="009D7782" w:rsidRDefault="000D3F58" w:rsidP="000D3F58">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Lotter</w:t>
+      </w:r>
+      <w:r w:rsidR="006C592F">
+        <w:t>y</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Entry Fee</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>:  $</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00D727C6">
-        <w:t>30</w:t>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00263EDE">
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:t>0.00</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Date Paid</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
@@ -1231,133 +1266,145 @@
       </w:pPr>
       <w:r>
         <w:t>4401 S. Charleston Pike, Springfield, OH 45502</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BE94828" w14:textId="5C8C8528" w:rsidR="007C07C3" w:rsidRDefault="00D727C6" w:rsidP="000D3F58">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>937-323-3090</w:t>
       </w:r>
       <w:r w:rsidR="00D05684">
         <w:t xml:space="preserve"> / </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidR="00601544" w:rsidRPr="002A3300">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>http://clarkcoag.com</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2F81E925" w14:textId="77777777" w:rsidR="007C07C3" w:rsidRDefault="009A5CA3" w:rsidP="000D3F58">
+    <w:p w14:paraId="2F81E925" w14:textId="13227AD8" w:rsidR="007C07C3" w:rsidRDefault="00263EDE" w:rsidP="000D3F58">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Dean Blair</w:t>
+        <w:t>Laura Sharp</w:t>
       </w:r>
       <w:r w:rsidR="007C07C3">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>, Executive Director</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="25D9F647" w14:textId="2E73C6DF" w:rsidR="009A5CA3" w:rsidRPr="009A5CA3" w:rsidRDefault="00FF42CC" w:rsidP="000D3F58">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00883EE2">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Asst. to the </w:t>
+      </w:r>
+      <w:r w:rsidR="007C07C3">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Executive Director</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25D9F647" w14:textId="37F76724" w:rsidR="009A5CA3" w:rsidRPr="009A5CA3" w:rsidRDefault="00263EDE" w:rsidP="000D3F58">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="00760F98">
+        <w:r w:rsidRPr="008C7628">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>dean@clarkcoag.com</w:t>
+          <w:t>Laura@clarkcoag.com</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00FF42CC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="009A5CA3" w:rsidRPr="009A5CA3">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="45AE69C7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="025616AE"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -1410,117 +1457,131 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="180751897">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003A002F"/>
     <w:rsid w:val="000D3F58"/>
+    <w:rsid w:val="000F492F"/>
+    <w:rsid w:val="00263EDE"/>
+    <w:rsid w:val="002A7DC9"/>
     <w:rsid w:val="002C3587"/>
     <w:rsid w:val="00374849"/>
     <w:rsid w:val="003A002F"/>
     <w:rsid w:val="00504E90"/>
+    <w:rsid w:val="005C1A08"/>
     <w:rsid w:val="00601544"/>
+    <w:rsid w:val="00674D81"/>
+    <w:rsid w:val="006C592F"/>
     <w:rsid w:val="007C07C3"/>
+    <w:rsid w:val="007E24C0"/>
+    <w:rsid w:val="0088161E"/>
+    <w:rsid w:val="00883EE2"/>
+    <w:rsid w:val="00981351"/>
     <w:rsid w:val="009A5CA3"/>
     <w:rsid w:val="009D7782"/>
     <w:rsid w:val="00A56FAE"/>
     <w:rsid w:val="00AB5687"/>
+    <w:rsid w:val="00B41BE9"/>
     <w:rsid w:val="00B548F3"/>
+    <w:rsid w:val="00B738FD"/>
     <w:rsid w:val="00B93168"/>
+    <w:rsid w:val="00BE53C4"/>
     <w:rsid w:val="00D05684"/>
     <w:rsid w:val="00D727C6"/>
+    <w:rsid w:val="00E403E7"/>
     <w:rsid w:val="00E4631B"/>
     <w:rsid w:val="00E46644"/>
     <w:rsid w:val="00F059E4"/>
     <w:rsid w:val="00F6131F"/>
     <w:rsid w:val="00FF022C"/>
     <w:rsid w:val="00FF42CC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="04B90BF6"/>
   <w15:docId w15:val="{DA8B66F6-457E-444E-A9C1-EAD2CE8FCAFC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1969,59 +2030,59 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D727C6"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FF42CC"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dean@clarkcoag.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://clarkcoag.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://clarkcoag.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Laura@clarkcoag.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://clarkcoag.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://clarkcoag.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2270,66 +2331,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>281</Words>
-  <Characters>1605</Characters>
+  <Words>284</Words>
+  <Characters>1619</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>13</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1883</CharactersWithSpaces>
+  <CharactersWithSpaces>1900</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Jamie Gothard</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>