--- v0 (2025-10-05)
+++ v1 (2026-02-14)
@@ -1,94 +1,94 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="00000001" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="00000001" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Clark County Fair Queen Application</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00000002" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="00000002" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">(Please type, application is part of total contest score) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00000003" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="00000003" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>NAME:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>__________________________</w:t>
       </w:r>
       <w:r>
@@ -102,107 +102,105 @@
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>_______________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>_________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00000004" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="00000004" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">                                 (</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>First</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                  ( Middle)                                                             (Last)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000005" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00A64465">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00000006" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="00000006" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ADDRESS:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -226,115 +224,101 @@
         </w:rPr>
         <w:t>COUNTY:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:t>________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">    </w:t>
-[...13 lines deleted...]
-        <w:t>Street)</w:t>
+        <w:t xml:space="preserve">       (Street)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>(City)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>(Zip Code)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000007" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00A64465">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00000008" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="00000008" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>HOME PHONE:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -455,76 +439,76 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000009" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00A64465">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0000000A" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0000000A" w14:textId="0EAD36D4" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>AGE ON JANUARY 1, 20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>25</w:t>
+        <w:t>26</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
@@ -584,51 +568,51 @@
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0000000B" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0000000B" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">E-MAIL: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
@@ -734,51 +718,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0000000C" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00A64465">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0000000D" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0000000D" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>HIGH SCHOOL:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
@@ -872,51 +856,51 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0000000E" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00A64465">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0000000F" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0000000F" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>COLLEGE (if applicable):</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
@@ -1010,51 +994,51 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000010" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00A64465">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00000011" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="00000011" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">PARENTS/GUARDIANS (first &amp; last names):  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
@@ -1128,51 +1112,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000012" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00A64465">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00000013" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="00000013" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">CURRENT EMPLOYMENT (if applicable):  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
@@ -1246,123 +1230,135 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000014" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00A64465">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00000015" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="00000015" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>4-H CLUB _____________________________________    FFA CHAPTER________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000016" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00A64465">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00000017" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
-[...17 lines deleted...]
-        <w:t>2024 PROJECTS _____________________________________________________________________________________</w:t>
+    <w:p w14:paraId="00000017" w14:textId="7E2858FD" w:rsidR="00A64465" w:rsidRDefault="00085088">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00A40F8F">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PROJECTS _____________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000018" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00A64465">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00000019" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="00000019" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">CAREER AMBITIONS:  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -1462,51 +1458,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0000001A" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00A64465">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0000001B" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0000001B" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
@@ -1599,51 +1595,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0000001C" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00A64465">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0000001D" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0000001D" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
@@ -1736,51 +1732,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0000001E" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00A64465">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0000001F" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0000001F" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">SCHOOL ACTIVITIES:  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -1880,51 +1876,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000020" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00A64465">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00000021" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="00000021" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
@@ -2017,51 +2013,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000022" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00A64465">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00000023" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="00000023" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
@@ -2154,51 +2150,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000024" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00A64465">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00000025" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="00000025" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">HOBBIES:  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -2306,51 +2302,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000026" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00A64465">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00000027" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="00000027" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
@@ -2443,51 +2439,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000028" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00A64465">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00000029" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="00000029" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
@@ -2580,51 +2576,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0000002A" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00A64465">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0000002B" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0000002B" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>COMMUNITY SERVICE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -2709,51 +2705,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0000002C" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00A64465">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0000002D" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0000002D" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
@@ -2846,51 +2842,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0000002E" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00A64465">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0000002F" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0000002F" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
@@ -3013,51 +3009,51 @@
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00000032" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00A64465">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00000033" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="00000033" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">FAIR PARTICIPATION:  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3158,51 +3154,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000034" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00A64465">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00000035" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="00000035" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
@@ -3295,51 +3291,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000036" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00A64465">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00000037" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="00000037" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
@@ -3447,90 +3443,90 @@
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00000039" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00A64465">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0000003A" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0000003A" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">What has been your most challenging experience and what have you learned from it? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0000003B" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00A64465">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0000003C" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0000003C" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
@@ -3623,51 +3619,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0000003D" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00A64465">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0000003E" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0000003E" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
@@ -3760,51 +3756,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0000003F" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00A64465">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00000040" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="00000040" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
@@ -3897,51 +3893,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000041" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00A64465">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00000042" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="00000042" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
@@ -4034,51 +4030,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000043" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00A64465">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00000044" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="00000044" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
@@ -4171,51 +4167,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000045" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00A64465">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00000046" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="00000046" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
@@ -4324,90 +4320,90 @@
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00000048" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00A64465">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00000049" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="00000049" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Why did you choose to run for the title of Clark County Fair Queen? </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0000004A" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00A64465">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0000004B" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0000004B" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
@@ -4500,51 +4496,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0000004C" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00A64465">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0000004D" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0000004D" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
@@ -4637,51 +4633,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0000004E" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00A64465">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0000004F" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0000004F" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
@@ -4774,51 +4770,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000050" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00A64465">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00000051" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="00000051" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
@@ -4911,51 +4907,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000052" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00A64465">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00000053" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="00000053" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
@@ -5048,51 +5044,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000054" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00A64465">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00000055" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="00000055" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
@@ -5185,51 +5181,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000056" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00A64465">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00000057" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="00000057" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
@@ -5322,51 +5318,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000058" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00A64465">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00000059" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="00000059" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
@@ -5460,202 +5456,202 @@
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0000005C" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00A64465">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_heading=h.gjdgxs" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="0000005D" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0000005D" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>If additional space is needed, please limit to one extra page.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0000005E" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00A64465">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0000005F" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0000005F" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>** Please include all part</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">s of the application listed on the information sheet including a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>LETTER OF RECOMMENDATION</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, PICTURE, and signed CONTRACT.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000060" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00A64465">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00000061" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="00000061" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">We understand if the applicant herein is a winner of any scholarship, the check will be made payable to the winner and her college.  NO EXCEPTIONS. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000062" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00A64465">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00000063" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="00000063" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                 ___________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>____________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00000064" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="00000064" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">    Signature of Applicant/Date</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
@@ -5669,184 +5665,223 @@
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">                   Signature of Parent/Guardian/Date</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00000065" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00A64465">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00000066" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="00000066" w14:textId="404747C2" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>DUE:  May 1, 2025</w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>DUE:  May 1, 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00A40F8F">
+        <w:rPr>
+          <w:b/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
         <w:t>:  Clark County Fair, 4401 South Charleston PK, Springfield, OH 45502</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00000067" w14:textId="77777777" w:rsidR="00A64465" w:rsidRDefault="00000000">
+    <w:p w14:paraId="00000067" w14:textId="1A8BBBFB" w:rsidR="00A64465" w:rsidRDefault="00085088">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>**Special Note:  Queen Contest will be</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Friday, July 18, 2025 1:00 PM Entertainment Tent</w:t>
+        <w:t xml:space="preserve"> Friday, July </w:t>
+      </w:r>
+      <w:r w:rsidR="00A40F8F">
+        <w:rPr>
+          <w:b/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>, 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00A40F8F">
+        <w:rPr>
+          <w:b/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1:00 PM Entertainment Tent</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00A64465">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A64465"/>
+    <w:rsid w:val="00085088"/>
+    <w:rsid w:val="000B1E18"/>
+    <w:rsid w:val="00814A6C"/>
+    <w:rsid w:val="00A40F8F"/>
     <w:rsid w:val="00A56341"/>
     <w:rsid w:val="00A64465"/>
     <w:rsid w:val="00BF5293"/>
+    <w:rsid w:val="00D93F0F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3E9AF31B"/>
@@ -6765,50 +6800,50 @@
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mhWGGZBOtTMXsbSXhR5KwDsOSnRGw==">CgMxLjAyCGguZ2pkZ3hzOAByITFqUUtBcXMxU3piV1d4VEhKczhyZzJVQnFpRElpWFZPTw==</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>367</Words>
-  <Characters>2094</Characters>
+  <Words>303</Words>
+  <Characters>2158</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>166</Lines>
+  <Paragraphs>48</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2457</CharactersWithSpaces>
+  <CharactersWithSpaces>2413</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Jamie</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>